--- v0 (2025-12-15)
+++ v1 (2026-03-22)
@@ -846,60 +846,60 @@
       </c>
       <c r="D6">
         <v>33.33</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>66.67</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6">
         <v>100</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
-        <v>18.63</v>
+        <v>6.86</v>
       </c>
       <c r="C7">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D7">
-        <v>68.63</v>
+        <v>80.39</v>
       </c>
       <c r="E7">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="F7">
         <v>12.75</v>
       </c>
       <c r="G7">
         <v>13</v>
       </c>
       <c r="H7">
         <v>100</v>
       </c>
       <c r="I7">
         <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
         <v>0.0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
@@ -1919,60 +1919,60 @@
       </c>
       <c r="D43">
         <v>50.0</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>50.0</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
         <v>100</v>
       </c>
       <c r="I43">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>48</v>
       </c>
       <c r="B44">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D44">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E44">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F44">
         <v>0.0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>100</v>
       </c>
       <c r="I44">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45">
         <v>0.0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
@@ -2383,60 +2383,60 @@
       </c>
       <c r="D59">
         <v>0.0</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
         <v>100.0</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59">
         <v>100</v>
       </c>
       <c r="I59">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>64</v>
       </c>
       <c r="B60">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C60">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D60">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E60">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F60">
         <v>0.0</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>100</v>
       </c>
       <c r="I60">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>65</v>
       </c>
       <c r="B61">
         <v>0.0</v>
       </c>
       <c r="C61">
         <v>0</v>
       </c>
       <c r="D61">
@@ -2528,60 +2528,60 @@
       </c>
       <c r="D64">
         <v>0.0</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64">
         <v>100.0</v>
       </c>
       <c r="G64">
         <v>1</v>
       </c>
       <c r="H64">
         <v>100</v>
       </c>
       <c r="I64">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>69</v>
       </c>
       <c r="B65">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C65">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D65">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E65">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F65">
         <v>0.0</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>100</v>
       </c>
       <c r="I65">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>70</v>
       </c>
       <c r="B66">
         <v>0.0</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66">
@@ -3079,60 +3079,60 @@
       </c>
       <c r="D83">
         <v>100.0</v>
       </c>
       <c r="E83">
         <v>2</v>
       </c>
       <c r="F83">
         <v>0.0</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>100</v>
       </c>
       <c r="I83">
         <v>2</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>88</v>
       </c>
       <c r="B84">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D84">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F84">
         <v>0.0</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>100</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>89</v>
       </c>
       <c r="B85">
         <v>0.0</v>
       </c>
       <c r="C85">
         <v>0</v>
       </c>
       <c r="D85">
@@ -3282,60 +3282,60 @@
       </c>
       <c r="D90">
         <v>100.0</v>
       </c>
       <c r="E90">
         <v>1</v>
       </c>
       <c r="F90">
         <v>0.0</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>100</v>
       </c>
       <c r="I90">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>95</v>
       </c>
       <c r="B91">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="C91">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D91">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="E91">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F91">
         <v>0.0</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>100</v>
       </c>
       <c r="I91">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>96</v>
       </c>
       <c r="B92">
         <v>0.0</v>
       </c>
       <c r="C92">
         <v>0</v>
       </c>
       <c r="D92">